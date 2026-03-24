--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -6,51 +6,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1A3D7026" w14:textId="5D7A32EE" w:rsidR="00F02E2F" w:rsidRPr="002E521F" w:rsidRDefault="00F60EE9" w:rsidP="758415AD">
+    <w:p w14:paraId="1A3D7026" w14:textId="17494144" w:rsidR="00F02E2F" w:rsidRPr="002E521F" w:rsidRDefault="00F60EE9" w:rsidP="758415AD">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15729152" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4344CD5D" wp14:editId="41873B6E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>502824</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>70925</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="323763" cy="422049"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Image 1"/>
@@ -120,51 +120,59 @@
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="190066F3">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
         <w:t>FORM</w:t>
       </w:r>
       <w:r w:rsidR="002E521F">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="002E521F" w:rsidRPr="00294D40">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Dated July 2025</w:t>
+        <w:t xml:space="preserve">Dated </w:t>
+      </w:r>
+      <w:r w:rsidR="003F5985">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>March 2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42042730" w14:textId="77777777" w:rsidR="00F02E2F" w:rsidRPr="002E521F" w:rsidRDefault="00F02E2F">
       <w:pPr>
         <w:spacing w:before="137"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34603DEC" w14:textId="609B14C4" w:rsidR="00F02E2F" w:rsidRPr="00732333" w:rsidRDefault="00F60EE9" w:rsidP="00602607">
       <w:pPr>
         <w:spacing w:line="247" w:lineRule="auto"/>
         <w:ind w:left="199" w:right="843"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="758415AD">
         <w:rPr>
           <w:b/>
@@ -973,58 +981,56 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7136" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E95A331" w14:textId="77777777" w:rsidR="00F02E2F" w:rsidRDefault="00F02E2F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6E0A857D" w14:textId="77777777" w:rsidR="00F02E2F" w:rsidRDefault="00F60EE9">
       <w:pPr>
         <w:spacing w:before="204" w:after="4"/>
         <w:ind w:left="199"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Licence</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Details</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="96" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
@@ -1173,57 +1179,52 @@
             </w:r>
             <w:r>
               <w:t>print</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>out</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>your</w:t>
             </w:r>
             <w:r w:rsidR="00A43287">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00A43287" w:rsidRPr="00A43287">
-              <w:t>licence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> summary</w:t>
+              <w:t>licence summary</w:t>
             </w:r>
             <w:r>
               <w:t>, photocopy both sides of your photocard driving licence and attach to this form.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D5AE630" w14:textId="4067304C" w:rsidR="00F02E2F" w:rsidRDefault="00F60EE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="192" w:line="252" w:lineRule="exact"/>
               <w:ind w:right="37"/>
             </w:pPr>
             <w:r>
               <w:t>- an</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Irish</w:t>
@@ -1628,51 +1629,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="12698">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="4103F22E" id="Group 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:20.3pt;margin-top:7.7pt;width:13.4pt;height:10.5pt;z-index:-251665408;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="170180,133350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAic5SzoQIAACoGAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtu2zAMfR+wfxD0vjpOmkuNOsXQrsGA&#10;oivQDntWZPmCyZImKXH696Noy0nbYQM6P9iUeUSRh0e8vDq0kuyFdY1WOU3PJpQIxXXRqCqn359u&#10;P60ocZ6pgkmtRE6fhaNX648fLjuTiamutSyEJRBEuawzOa29N1mSOF6LlrkzbYQCZ6ltyzwsbZUU&#10;lnUQvZXJdDJZJJ22hbGaC+fg703vpGuMX5aC+29l6YQnMqeQm8e3xfc2vJP1Jcsqy0zd8CEN9o4s&#10;WtYoOHQMdcM8IzvbvAnVNtxqp0t/xnWb6LJsuMAaoJp08qqajdU7g7VUWVeZkSag9hVP7w7L7/cb&#10;ax7Ng+2zB/NO858OeEk6U2Wn/rCujuBDaduwCYogB2T0eWRUHDzh8DNdTtIV8M7Blc5ms/nAOK+h&#10;LW928frLX/clLOsPxdTGVDoD2nFHetz/0fNYMyOQdRfKf7CkKXK6pESxFhS8GcSyDNoJRwMm8Des&#10;3EDlK3YWs/MLSoAFNFB1I0fz5fnI0XSy6Dkaa2UZ3zm/ERrJZvs753F7VUSL1dHiBxVNC9IPopco&#10;ek8JiN5SAqLf9qI3zId9oYPBJB10aMikBrNPJHhbvRdPGnH+2DIATOdpCAWZHiFSnULT+eJiChMg&#10;dP8UH1HxazDwCRplAoEjIH57IAgqSu0fmD+eyqV2ok88VI4VjGxAwFO+pUJipouLFd5vp2VT3DZS&#10;Bj6crbbX0pI9C9MFn4GQFzBjnb9hru5x6BpgUuE1c1mvmqCmrS6eQXIdqCyn7teOWUGJ/KpA1GF+&#10;RcNGYxsN6+W1ximHrYIznw4/mDUkHJ9TD3K711HbLItCgnoDoMeGnUp/3nldNkFlcM9iRsMC7hla&#10;OJDAejHxTteIOo749W8AAAD//wMAUEsDBBQABgAIAAAAIQDIvG1n3gAAAAcBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI5BS8NAEIXvgv9hGcGb3cSmscRsSinqqQi2gvS2zU6T0OxsyG6T9N87nuzpMe89&#10;3nz5arKtGLD3jSMF8SwCgVQ601Cl4Hv//rQE4YMmo1tHqOCKHlbF/V2uM+NG+sJhFyrBI+QzraAO&#10;ocuk9GWNVvuZ65A4O7ne6sBnX0nT65HHbSufoyiVVjfEH2rd4abG8ry7WAUfox7X8/ht2J5Pm+th&#10;v/j82cao1OPDtH4FEXAK/2X4w2d0KJjp6C5kvGgVJFHKTfYXCQjO0xfWo4J5moAscnnLX/wCAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAInOUs6ECAAAqBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAyLxtZ94AAAAHAQAADwAAAAAAAAAAAAAAAAD7&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAYGAAAAAA==&#10;">
+                    <v:group w14:anchorId="25F0A7BC" id="Group 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:20.3pt;margin-top:7.7pt;width:13.4pt;height:10.5pt;z-index:-251665408;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="170180,133350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAic5SzoQIAACoGAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtu2zAMfR+wfxD0vjpOmkuNOsXQrsGA&#10;oivQDntWZPmCyZImKXH696Noy0nbYQM6P9iUeUSRh0e8vDq0kuyFdY1WOU3PJpQIxXXRqCqn359u&#10;P60ocZ6pgkmtRE6fhaNX648fLjuTiamutSyEJRBEuawzOa29N1mSOF6LlrkzbYQCZ6ltyzwsbZUU&#10;lnUQvZXJdDJZJJ22hbGaC+fg703vpGuMX5aC+29l6YQnMqeQm8e3xfc2vJP1Jcsqy0zd8CEN9o4s&#10;WtYoOHQMdcM8IzvbvAnVNtxqp0t/xnWb6LJsuMAaoJp08qqajdU7g7VUWVeZkSag9hVP7w7L7/cb&#10;ax7Ng+2zB/NO858OeEk6U2Wn/rCujuBDaduwCYogB2T0eWRUHDzh8DNdTtIV8M7Blc5ms/nAOK+h&#10;LW928frLX/clLOsPxdTGVDoD2nFHetz/0fNYMyOQdRfKf7CkKXK6pESxFhS8GcSyDNoJRwMm8Des&#10;3EDlK3YWs/MLSoAFNFB1I0fz5fnI0XSy6Dkaa2UZ3zm/ERrJZvs753F7VUSL1dHiBxVNC9IPopco&#10;ek8JiN5SAqLf9qI3zId9oYPBJB10aMikBrNPJHhbvRdPGnH+2DIATOdpCAWZHiFSnULT+eJiChMg&#10;dP8UH1HxazDwCRplAoEjIH57IAgqSu0fmD+eyqV2ok88VI4VjGxAwFO+pUJipouLFd5vp2VT3DZS&#10;Bj6crbbX0pI9C9MFn4GQFzBjnb9hru5x6BpgUuE1c1mvmqCmrS6eQXIdqCyn7teOWUGJ/KpA1GF+&#10;RcNGYxsN6+W1ximHrYIznw4/mDUkHJ9TD3K711HbLItCgnoDoMeGnUp/3nldNkFlcM9iRsMC7hla&#10;OJDAejHxTteIOo749W8AAAD//wMAUEsDBBQABgAIAAAAIQDIvG1n3gAAAAcBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI5BS8NAEIXvgv9hGcGb3cSmscRsSinqqQi2gvS2zU6T0OxsyG6T9N87nuzpMe89&#10;3nz5arKtGLD3jSMF8SwCgVQ601Cl4Hv//rQE4YMmo1tHqOCKHlbF/V2uM+NG+sJhFyrBI+QzraAO&#10;ocuk9GWNVvuZ65A4O7ne6sBnX0nT65HHbSufoyiVVjfEH2rd4abG8ry7WAUfox7X8/ht2J5Pm+th&#10;v/j82cao1OPDtH4FEXAK/2X4w2d0KJjp6C5kvGgVJFHKTfYXCQjO0xfWo4J5moAscnnLX/wCAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAInOUs6ECAAAqBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAyLxtZ94AAAAHAQAADwAAAAAAAAAAAAAAAAD7&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAYGAAAAAA==&#10;">
                       <v:shape id="Graphic 7" o:spid="_x0000_s1027" style="position:absolute;left:6349;top:6349;width:157480;height:120650;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="157480,120650" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDXl/NiwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvhf6H8ARvNVGLbbdGqYJQvJTasufH5u1m6eZlSaKu/npTKPQ4zMw3zHI9uE6cKMTWs4bpRIEg&#10;rrxpudHw/bV7eAYRE7LBzjNpuFCE9er+bomF8Wf+pNMhNSJDOBaowabUF1LGypLDOPE9cfZqHxym&#10;LEMjTcBzhrtOzpRaSIct5wWLPW0tVT+Ho9Mw+yhDp1S9b+elqheltNeXx43W49Hw9goi0ZD+w3/t&#10;d6PhCX6v5BsgVzcAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA15fzYsMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,120251r156928,l156928,,,,,120251xe" filled="f" strokeweight=".35272mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:position w:val="1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251653120" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48580348" wp14:editId="7382C170">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>652653</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>98060</wp:posOffset>
                       </wp:positionV>
@@ -1732,102 +1733,110 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="12699">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="09E36634" id="Group 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:51.4pt;margin-top:7.7pt;width:13.4pt;height:10.5pt;z-index:-251663360;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="170180,133350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCtQncxnQIAACoGAAAOAAAAZHJzL2Uyb0RvYy54bWykVFtP2zAUfp+0/2D5faTpDRqRoglGNQkx&#10;JJj27DrORXNsz3ab8u93fBKnBaZNYnlIjuPv3D5/PpdXh1aSvbCu0Sqn6dmEEqG4LhpV5fT70+2n&#10;C0qcZ6pgUiuR02fh6NX644fLzmRiqmstC2EJBFEu60xOa+9NliSO16Jl7kwboWCz1LZlHpa2SgrL&#10;OojeymQ6mSyTTtvCWM2Fc/D3pt+ka4xfloL7b2XphCcyp1Cbx7fF9za8k/UlyyrLTN3woQz2jipa&#10;1ihIOoa6YZ6RnW3ehGobbrXTpT/juk10WTZcYA/QTTp51c3G6p3BXqqsq8xIE1D7iqd3h+X3+401&#10;j+bB9tWDeaf5Twe8JJ2pstP9sK6O4ENp2+AETZADMvo8MioOnnD4mZ5P0gvgncNWOpvNFgPjvIZj&#10;eePF6y9/9UtY1ifF0sZSOgPacUd63P/R81gzI5B1F9p/sKQpcrqiRLEWFLwZxLIK2gmpARP4G1Zu&#10;oPIVO8vZHCIAC2ig6kaOFufzkaPpZNlzNPbKMr5zfiM0ks32d86je1VEi9XR4gcVTQvSD6KXKHpP&#10;CYjeUgKi3/aiN8wHv3CCwSQdnNBQSQ1mX0jYbfVePGnE+eORAWC6SEMoqPQIkeoUmi6Wq/kc+36B&#10;j6j4NRj4BI0ygcAREL89EAQVpfYPzB+zcqmd6AsPnWMHIxsQ8JRvqZCY6XK1wvvttGyK20bKwIez&#10;1fZaWrJnYbrgMxDyAmas8zfM1T0OtwaYVHjNXNarJqhpq4tnkFwHKsup+7VjVlAivyoQdZhf0bDR&#10;2EbDenmtccrhUUHOp8MPZg0J6XPqQW73OmqbZVFI0G8A9NjgqfTnnddlE1QG9yxWNCzgnqGFAwms&#10;FxPvdI2o44hf/wYAAP//AwBQSwMEFAAGAAgAAAAhABXrHT/gAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FLw0AQhe+C/2EZwZvdJG2DxmxKKeqpCLaCeJtmp0lodjdkt0n6752e7O093uPNN/lq&#10;Mq0YqPeNswriWQSCbOl0YysF3/v3p2cQPqDV2DpLCi7kYVXc3+WYaTfaLxp2oRI8Yn2GCuoQukxK&#10;X9Zk0M9cR5azo+sNBrZ9JXWPI4+bViZRlEqDjeULNXa0qak87c5GwceI43oevw3b03Fz+d0vP3+2&#10;MSn1+DCtX0EEmsJ/Ga74jA4FMx3c2WovWvZRwuiBxXIB4lpIXlIQBwXzdAGyyOXtB8UfAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK1CdzGdAgAAKgYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABXrHT/gAAAACQEAAA8AAAAAAAAAAAAAAAAA9wQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAEBgAAAAA=&#10;">
+                    <v:group w14:anchorId="79591C7C" id="Group 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:51.4pt;margin-top:7.7pt;width:13.4pt;height:10.5pt;z-index:-251663360;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="170180,133350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCtQncxnQIAACoGAAAOAAAAZHJzL2Uyb0RvYy54bWykVFtP2zAUfp+0/2D5faTpDRqRoglGNQkx&#10;JJj27DrORXNsz3ab8u93fBKnBaZNYnlIjuPv3D5/PpdXh1aSvbCu0Sqn6dmEEqG4LhpV5fT70+2n&#10;C0qcZ6pgUiuR02fh6NX644fLzmRiqmstC2EJBFEu60xOa+9NliSO16Jl7kwboWCz1LZlHpa2SgrL&#10;OojeymQ6mSyTTtvCWM2Fc/D3pt+ka4xfloL7b2XphCcyp1Cbx7fF9za8k/UlyyrLTN3woQz2jipa&#10;1ihIOoa6YZ6RnW3ehGobbrXTpT/juk10WTZcYA/QTTp51c3G6p3BXqqsq8xIE1D7iqd3h+X3+401&#10;j+bB9tWDeaf5Twe8JJ2pstP9sK6O4ENp2+AETZADMvo8MioOnnD4mZ5P0gvgncNWOpvNFgPjvIZj&#10;eePF6y9/9UtY1ifF0sZSOgPacUd63P/R81gzI5B1F9p/sKQpcrqiRLEWFLwZxLIK2gmpARP4G1Zu&#10;oPIVO8vZHCIAC2ig6kaOFufzkaPpZNlzNPbKMr5zfiM0ks32d86je1VEi9XR4gcVTQvSD6KXKHpP&#10;CYjeUgKi3/aiN8wHv3CCwSQdnNBQSQ1mX0jYbfVePGnE+eORAWC6SEMoqPQIkeoUmi6Wq/kc+36B&#10;j6j4NRj4BI0ygcAREL89EAQVpfYPzB+zcqmd6AsPnWMHIxsQ8JRvqZCY6XK1wvvttGyK20bKwIez&#10;1fZaWrJnYbrgMxDyAmas8zfM1T0OtwaYVHjNXNarJqhpq4tnkFwHKsup+7VjVlAivyoQdZhf0bDR&#10;2EbDenmtccrhUUHOp8MPZg0J6XPqQW73OmqbZVFI0G8A9NjgqfTnnddlE1QG9yxWNCzgnqGFAwms&#10;FxPvdI2o44hf/wYAAP//AwBQSwMEFAAGAAgAAAAhABXrHT/gAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FLw0AQhe+C/2EZwZvdJG2DxmxKKeqpCLaCeJtmp0lodjdkt0n6752e7O093uPNN/lq&#10;Mq0YqPeNswriWQSCbOl0YysF3/v3p2cQPqDV2DpLCi7kYVXc3+WYaTfaLxp2oRI8Yn2GCuoQukxK&#10;X9Zk0M9cR5azo+sNBrZ9JXWPI4+bViZRlEqDjeULNXa0qak87c5GwceI43oevw3b03Fz+d0vP3+2&#10;MSn1+DCtX0EEmsJ/Ga74jA4FMx3c2WovWvZRwuiBxXIB4lpIXlIQBwXzdAGyyOXtB8UfAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK1CdzGdAgAAKgYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABXrHT/gAAAACQEAAA8AAAAAAAAAAAAAAAAA9wQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAEBgAAAAA=&#10;">
                       <v:shape id="Graphic 9" o:spid="_x0000_s1027" style="position:absolute;left:6349;top:6349;width:157480;height:120650;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="157480,120650" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCXkxvBxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPMGbpnqQtRpFpAurFFz/XLw9mmdbbF5qE7XupzcLC3scZuY3zHzZmko8qHGlZQWjYQSC&#10;OLO65FzB6fg5+ADhPLLGyjIpeJGD5aLbmWOs7ZP39Dj4XAQIuxgVFN7XsZQuK8igG9qaOHgX2xj0&#10;QTa51A0+A9xUchxFE2mw5LBQYE3rgrLr4W4UbNLvG6bT9LI34/MuSX6S+riNlOr32tUMhKfW/4f/&#10;2l9awRR+r4QbIBdvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJeTG8HEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,120251r156944,l156944,,,,,120251xe" filled="f" strokeweight=".35275mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>YES</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:position w:val="1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F60EE9" w14:paraId="75AA4787" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9326" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B0B1729" w14:textId="2665B1DA" w:rsidR="00F60EE9" w:rsidRDefault="00F60EE9" w:rsidP="00F60EE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="252" w:lineRule="exact"/>
               <w:ind w:right="62"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Please note any specific, </w:t>
             </w:r>
             <w:r w:rsidRPr="00F60EE9">
-              <w:t>'serious' driving convictions</w:t>
+              <w:t>'</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F60EE9">
+              <w:t>serious'</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F60EE9">
+              <w:t xml:space="preserve"> driving convictions</w:t>
             </w:r>
             <w:r w:rsidR="00742A84">
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00F60EE9">
               <w:t xml:space="preserve"> such as any offence involving death, dangerous driving, drugs and</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F60EE9">
               <w:t>or alcohol, bans in excess of 6 months, offenses involving theft</w:t>
             </w:r>
             <w:r>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1326" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33844DD2" w14:textId="3F8E6039" w:rsidR="00F60EE9" w:rsidRDefault="00F60EE9" w:rsidP="00F60EE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
@@ -1915,51 +1924,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="12698">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="7E117A67" id="Group 815532938" o:spid="_x0000_s1026" style="position:absolute;margin-left:20.3pt;margin-top:7.7pt;width:13.4pt;height:10.5pt;z-index:-15826944;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="170180,133350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB8Z1QGpwIAADIGAAAOAAAAZHJzL2Uyb0RvYy54bWykVN9P2zAQfp+0/8Hy+0iT0gIRKZpgVJMQ&#10;Q4Jpz67j/NAc27Pdpvz3O1/itMC0SSwPyTn33fnu8+e7vNp3kuyEda1WBU1PZpQIxXXZqrqg359u&#10;P51T4jxTJZNaiYI+C0evVh8/XPYmF5lutCyFJZBEubw3BW28N3mSON6IjrkTbYQCZ6VtxzwsbZ2U&#10;lvWQvZNJNpstk17b0ljNhXPw92Zw0hXmryrB/beqcsITWVCozePb4nsT3snqkuW1ZaZp+VgGe0cV&#10;HWsVbDqlumGeka1t36TqWm6105U/4bpLdFW1XGAP0E06e9XN2uqtwV7qvK/NRBNQ+4qnd6fl97u1&#10;NY/mwQ7Vg3mn+U8HvCS9qfNjf1jXB/C+sl0IgibIHhl9nhgVe084/EzPZuk58M7Blc7n88XIOG/g&#10;WN5E8ebLX+MSlg+bYmlTKb0B7bgDPe7/6HlsmBHIugvtP1jSlgWFRuZplmWnlCjWgZLXo2jOgoZC&#10;CYANPI4rN1L6iqXl/PSCEmADDVTfxNXi7HTiKpstB66mnlnOt86vhUbS2e7OeQyvy2ixJlp8r6Jp&#10;4QoE8UsUv6cExG8pAfFvBvEb5kNcOMlgkh5OaqykAXMoJHg7vRNPGnH+cHQAyBZpSAWVHiBSHUPT&#10;xfIig0kQVHCMj6j4NZj4CI1ygcQREL8DEIQVJfcPzB935VI7MRQeOscOJjYg4THfUiEx2fLiHO+5&#10;07Itb1spAx/O1ptracmOhSmDz0jIC5ixzt8w1ww4dI0wqfC6uXxQTVDTRpfPIL0eVFZQ92vLrKBE&#10;flUg7jDHomGjsYmG9fJa47TDo4I9n/Y/mDUkbF9QD3K711HjLI9Cgn4DYMCGSKU/b72u2qAyuG+x&#10;onEB9w0tHExgvZh8x2tEHUb96jcAAAD//wMAUEsDBBQABgAIAAAAIQDIvG1n3gAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI5BS8NAEIXvgv9hGcGb3cSmscRsSinqqQi2gvS2zU6T0OxsyG6T9N87&#10;nuzpMe893nz5arKtGLD3jSMF8SwCgVQ601Cl4Hv//rQE4YMmo1tHqOCKHlbF/V2uM+NG+sJhFyrB&#10;I+QzraAOocuk9GWNVvuZ65A4O7ne6sBnX0nT65HHbSufoyiVVjfEH2rd4abG8ry7WAUfox7X8/ht&#10;2J5Pm+thv/j82cao1OPDtH4FEXAK/2X4w2d0KJjp6C5kvGgVJFHKTfYXCQjO0xfWo4J5moAscnnL&#10;X/wCAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfGdUBqcCAAAyBgAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAyLxtZ94AAAAHAQAADwAAAAAAAAAA&#10;AAAAAAABBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAwGAAAAAA==&#10;">
+                    <v:group w14:anchorId="2D4FDD3F" id="Group 815532938" o:spid="_x0000_s1026" style="position:absolute;margin-left:20.3pt;margin-top:7.7pt;width:13.4pt;height:10.5pt;z-index:-15826944;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="170180,133350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB8Z1QGpwIAADIGAAAOAAAAZHJzL2Uyb0RvYy54bWykVN9P2zAQfp+0/8Hy+0iT0gIRKZpgVJMQ&#10;Q4Jpz67j/NAc27Pdpvz3O1/itMC0SSwPyTn33fnu8+e7vNp3kuyEda1WBU1PZpQIxXXZqrqg359u&#10;P51T4jxTJZNaiYI+C0evVh8/XPYmF5lutCyFJZBEubw3BW28N3mSON6IjrkTbYQCZ6VtxzwsbZ2U&#10;lvWQvZNJNpstk17b0ljNhXPw92Zw0hXmryrB/beqcsITWVCozePb4nsT3snqkuW1ZaZp+VgGe0cV&#10;HWsVbDqlumGeka1t36TqWm6105U/4bpLdFW1XGAP0E06e9XN2uqtwV7qvK/NRBNQ+4qnd6fl97u1&#10;NY/mwQ7Vg3mn+U8HvCS9qfNjf1jXB/C+sl0IgibIHhl9nhgVe084/EzPZuk58M7Blc7n88XIOG/g&#10;WN5E8ebLX+MSlg+bYmlTKb0B7bgDPe7/6HlsmBHIugvtP1jSlgWFRuZplmWnlCjWgZLXo2jOgoZC&#10;CYANPI4rN1L6iqXl/PSCEmADDVTfxNXi7HTiKpstB66mnlnOt86vhUbS2e7OeQyvy2ixJlp8r6Jp&#10;4QoE8UsUv6cExG8pAfFvBvEb5kNcOMlgkh5OaqykAXMoJHg7vRNPGnH+cHQAyBZpSAWVHiBSHUPT&#10;xfIig0kQVHCMj6j4NZj4CI1ygcQREL8DEIQVJfcPzB935VI7MRQeOscOJjYg4THfUiEx2fLiHO+5&#10;07Itb1spAx/O1ptracmOhSmDz0jIC5ixzt8w1ww4dI0wqfC6uXxQTVDTRpfPIL0eVFZQ92vLrKBE&#10;flUg7jDHomGjsYmG9fJa47TDo4I9n/Y/mDUkbF9QD3K711HjLI9Cgn4DYMCGSKU/b72u2qAyuG+x&#10;onEB9w0tHExgvZh8x2tEHUb96jcAAAD//wMAUEsDBBQABgAIAAAAIQDIvG1n3gAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI5BS8NAEIXvgv9hGcGb3cSmscRsSinqqQi2gvS2zU6T0OxsyG6T9N87&#10;nuzpMe893nz5arKtGLD3jSMF8SwCgVQ601Cl4Hv//rQE4YMmo1tHqOCKHlbF/V2uM+NG+sJhFyrB&#10;I+QzraAOocuk9GWNVvuZ65A4O7ne6sBnX0nT65HHbSufoyiVVjfEH2rd4abG8ry7WAUfox7X8/ht&#10;2J5Pm+thv/j82cao1OPDtH4FEXAK/2X4w2d0KJjp6C5kvGgVJFHKTfYXCQjO0xfWo4J5moAscnnL&#10;X/wCAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfGdUBqcCAAAyBgAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAyLxtZ94AAAAHAQAADwAAAAAAAAAA&#10;AAAAAAABBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAwGAAAAAA==&#10;">
                       <v:shape id="Graphic 7" o:spid="_x0000_s1027" style="position:absolute;left:6349;top:6349;width:157480;height:120650;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="157480,120650" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBItlZEyAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;FITvgv8hPMGbTTYtVdemRQVBvEir7PmxebtZ3LwsSWxXf70RBI/DzHzDbHazH8WRYhoCG6gWCgRx&#10;G+zAvYH3t6erGxApI1scA5OBL0qw256fbbC24cR7Oh5yLwqEU40GXM5TLWVqHXlMizARF68L0WMu&#10;MvbSRjwVuB+lVmotPQ5cFhxO9Oio/Th8egP6tYmjUt3LsGxUt26k+75dPRhzeTHf34HINOf/8F/7&#10;2Rq4VtWy0lqv4PdSuQNy+wMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBItlZEyAAAAOIA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" path="m,120251r156928,l156928,,,,,120251xe" filled="f" strokeweight=".35272mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:position w:val="1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487490560" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38630E9B" wp14:editId="4B341C6F">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>652653</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>98060</wp:posOffset>
                       </wp:positionV>
@@ -2019,51 +2028,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="12699">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="4C3C15D0" id="Group 2073994552" o:spid="_x0000_s1026" style="position:absolute;margin-left:51.4pt;margin-top:7.7pt;width:13.4pt;height:10.5pt;z-index:-15825920;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="170180,133350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQ4hMmpgIAADIGAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtu2zAMfR+wfxD0vjrOrY1RpxjaNRhQ&#10;dAXaYc+KLF8wWdIkJU7/fhRtOWk7bEDnB5uyDiny8IiXV4dWkr2wrtEqp+nZhBKhuC4aVeX0+9Pt&#10;pwtKnGeqYFIrkdNn4ejV+uOHy85kYqprLQthCQRRLutMTmvvTZYkjteiZe5MG6Fgs9S2ZR6WtkoK&#10;yzqI3spkOpksk07bwljNhXPw96bfpGuMX5aC+29l6YQnMqeQm8e3xfc2vJP1Jcsqy0zd8CEN9o4s&#10;WtYoOHQMdcM8IzvbvAnVNtxqp0t/xnWb6LJsuMAaoJp08qqajdU7g7VUWVeZkSag9hVP7w7L7/cb&#10;ax7Ng+2zB/NO858OeEk6U2Wn+2FdHcGH0rbBCYogB2T0eWRUHDzh8DM9n6QXwDuHrXQ2my0GxnkN&#10;bXnjxesvf/VLWNYfiqmNqXQGtOOO9Lj/o+exZkYg6y6U/2BJU+R0Nj2fXKzSFIpRrAUlbwbRrIKG&#10;QgqADTwOKzdQ+oql5Wy+ogTYQAPVN3K1OJ+PXE0ny56rsWaW8Z3zG6GRdLa/cx7dqyJarI4WP6ho&#10;WrgCQfwSxe8pAfFbSkD82178hvngFzoZTNJBp4ZMajD7RMJuq/fiSSPOH1sHgOkiDaEg0yNEqlNo&#10;uliu5nOs+wU+ouLXYOATNMoFAkdA/PZA6EWU3D8wfzyVS+1En3ioHCsY2YCAp3xLhcRMl6sV3nOn&#10;ZVPcNlIGPpytttfSkj0LUwafgZAXMGOdv2Gu7nG4NcCkwuvmsl41QU1bXTyD9DpQWU7drx2zghL5&#10;VYG4wxyLho3GNhrWy2uN0w5bBWc+HX4wa0g4Pqce5Havo8ZZFoUE9QZAjw2eSn/eeV02QWVw32JG&#10;wwLuG1o4mMB6MflO14g6jvr1bwAAAP//AwBQSwMEFAAGAAgAAAAhABXrHT/gAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdJG2DxmxKKeqpCLaCeJtmp0lodjdkt0n6752e&#10;7O093uPNN/lqMq0YqPeNswriWQSCbOl0YysF3/v3p2cQPqDV2DpLCi7kYVXc3+WYaTfaLxp2oRI8&#10;Yn2GCuoQukxKX9Zk0M9cR5azo+sNBrZ9JXWPI4+bViZRlEqDjeULNXa0qak87c5GwceI43oevw3b&#10;03Fz+d0vP3+2MSn1+DCtX0EEmsJ/Ga74jA4FMx3c2WovWvZRwuiBxXIB4lpIXlIQBwXzdAGyyOXt&#10;B8UfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFDiEyamAgAAMgYAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABXrHT/gAAAACQEAAA8AAAAAAAAA&#10;AAAAAAAAAAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAANBgAAAAA=&#10;">
+                    <v:group w14:anchorId="0BC8A1F2" id="Group 2073994552" o:spid="_x0000_s1026" style="position:absolute;margin-left:51.4pt;margin-top:7.7pt;width:13.4pt;height:10.5pt;z-index:-15825920;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="170180,133350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQ4hMmpgIAADIGAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtu2zAMfR+wfxD0vjrOrY1RpxjaNRhQ&#10;dAXaYc+KLF8wWdIkJU7/fhRtOWk7bEDnB5uyDiny8IiXV4dWkr2wrtEqp+nZhBKhuC4aVeX0+9Pt&#10;pwtKnGeqYFIrkdNn4ejV+uOHy85kYqprLQthCQRRLutMTmvvTZYkjteiZe5MG6Fgs9S2ZR6WtkoK&#10;yzqI3spkOpksk07bwljNhXPw96bfpGuMX5aC+29l6YQnMqeQm8e3xfc2vJP1Jcsqy0zd8CEN9o4s&#10;WtYoOHQMdcM8IzvbvAnVNtxqp0t/xnWb6LJsuMAaoJp08qqajdU7g7VUWVeZkSag9hVP7w7L7/cb&#10;ax7Ng+2zB/NO858OeEk6U2Wn+2FdHcGH0rbBCYogB2T0eWRUHDzh8DM9n6QXwDuHrXQ2my0GxnkN&#10;bXnjxesvf/VLWNYfiqmNqXQGtOOO9Lj/o+exZkYg6y6U/2BJU+R0Nj2fXKzSFIpRrAUlbwbRrIKG&#10;QgqADTwOKzdQ+oql5Wy+ogTYQAPVN3K1OJ+PXE0ny56rsWaW8Z3zG6GRdLa/cx7dqyJarI4WP6ho&#10;WrgCQfwSxe8pAfFbSkD82178hvngFzoZTNJBp4ZMajD7RMJuq/fiSSPOH1sHgOkiDaEg0yNEqlNo&#10;uliu5nOs+wU+ouLXYOATNMoFAkdA/PZA6EWU3D8wfzyVS+1En3ioHCsY2YCAp3xLhcRMl6sV3nOn&#10;ZVPcNlIGPpytttfSkj0LUwafgZAXMGOdv2Gu7nG4NcCkwuvmsl41QU1bXTyD9DpQWU7drx2zghL5&#10;VYG4wxyLho3GNhrWy2uN0w5bBWc+HX4wa0g4Pqce5Havo8ZZFoUE9QZAjw2eSn/eeV02QWVw32JG&#10;wwLuG1o4mMB6MflO14g6jvr1bwAAAP//AwBQSwMEFAAGAAgAAAAhABXrHT/gAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdJG2DxmxKKeqpCLaCeJtmp0lodjdkt0n6752e&#10;7O093uPNN/lqMq0YqPeNswriWQSCbOl0YysF3/v3p2cQPqDV2DpLCi7kYVXc3+WYaTfaLxp2oRI8&#10;Yn2GCuoQukxKX9Zk0M9cR5azo+sNBrZ9JXWPI4+bViZRlEqDjeULNXa0qak87c5GwceI43oevw3b&#10;03Fz+d0vP3+2MSn1+DCtX0EEmsJ/Ga74jA4FMx3c2WovWvZRwuiBxXIB4lpIXlIQBwXzdAGyyOXt&#10;B8UfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFDiEyamAgAAMgYAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABXrHT/gAAAACQEAAA8AAAAAAAAA&#10;AAAAAAAAAAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAANBgAAAAA=&#10;">
                       <v:shape id="Graphic 9" o:spid="_x0000_s1027" style="position:absolute;left:6349;top:6349;width:157480;height:120650;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="157480,120650" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCbt3HrywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasJA&#10;FIX3Qt9huIXudCYpVE0dpZQIrQSs2k13l8w1Cc3ciZmpxj59ZyF0eTh/fIvVYFtxpt43jjUkEwWC&#10;uHSm4UrD52E9noHwAdlg65g0XMnDank3WmBm3IV3dN6HSsQR9hlqqEPoMil9WZNFP3EdcfSOrrcY&#10;ouwraXq8xHHbylSpJ2mx4fhQY0evNZXf+x+r4b34OGExL447m35t8/w37w4bpfXD/fDyDCLQEP7D&#10;t/ab0fCYTtVsniQRIiJFHJDLPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCbt3HrywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" path="m,120251r156944,l156944,,,,,120251xe" filled="f" strokeweight=".35275mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>YES</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:position w:val="1"/>
@@ -2270,51 +2279,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="12698">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="6064B2E4" id="Group 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:20.3pt;margin-top:7.1pt;width:13.4pt;height:10.5pt;z-index:-251657216;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="170180,133350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCVziL5oQIAACwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVN9v2yAQfp+0/wHxvjhOmrS16lRTs0aT&#10;qq5SO+2ZYPxDw8CAxOl/v+NsnLSdNqnzAz7gu+Pu4+Ourg+tJHthXaNVTtPJlBKhuC4aVeX0+9Pt&#10;pwtKnGeqYFIrkdNn4ej16uOHq85kYqZrLQthCQRRLutMTmvvTZYkjteiZW6ijVCwWWrbMg9TWyWF&#10;ZR1Eb2Uym06XSadtYazmwjlYXfebdIXxy1Jw/60snfBE5hRy8zhaHLdhTFZXLKssM3XDhzTYO7Jo&#10;WaPg0DHUmnlGdrZ5E6ptuNVOl37CdZvosmy4wBqgmnT6qpqN1TuDtVRZV5mRJqD2FU/vDsvv9xtr&#10;Hs2D7bMH807znw54STpTZaf7YV4dwYfStsEJiiAHZPR5ZFQcPOGwmJ5P0wvgncNWOp/PFwPjvIZr&#10;eePF6y9/9UtY1h+KqY2pdAa04470uP+j57FmRiDrLpT/YElTQPYpJYq1IOHNoBZYAZbC4YAKDA4z&#10;N5D5ip/l/OySEuABDdTdyNLi/GxkaTZd9iyN1bKM75zfCI10s/2d8+heFdFidbT4QUXTgviD7CXK&#10;3lMCsreUgOy3vewN88Ev3GEwSQdVDpnUYPaJhN1W78WTRpw/XhoAZgvkADI9QqQ6haaL5eUMekC4&#10;/1N8RMW/wcAnaBQKBI6A+O+BIKkotn9g/ngql9oJ4BB8Q+WjgWzA4infUiExs+XlBb5wp2VT3DZS&#10;Bj6crbY30pI9C/0Fv8AthHgBM9b5NXN1j8OtASYVPjSX9aoJatrq4hlE14HMcup+7ZgVlMivCmQd&#10;Olg0bDS20bBe3mjsc3hVcObT4QezhoTjc+pBbvc6qptlUUiBhBEbPJX+vPO6bILK4KXFjIYJvDS0&#10;sCWB9aLnnc4RdWzyq98AAAD//wMAUEsDBBQABgAIAAAAIQD3VL8M3QAAAAcBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI7NToNAFIX3Jr7D5Jq4swOUokGGpmnUVWNia2Lc3TK3QMrMEGYK9O29rnR5fnLO&#10;V6xn04mRBt86qyBeRCDIVk63tlbweXh9eALhA1qNnbOk4Eoe1uXtTYG5dpP9oHEfasEj1ueooAmh&#10;z6X0VUMG/cL1ZDk7ucFgYDnUUg848bjpZBJFmTTYWn5osKdtQ9V5fzEK3iacNsv4ZdydT9vr92H1&#10;/rWLSan7u3nzDCLQHP7K8IvP6FAy09FdrPaiU5BGGTfZTxMQnGePKYijguUqAVkW8j9/+QMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCVziL5oQIAACwGAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD3VL8M3QAAAAcBAAAPAAAAAAAAAAAAAAAAAPsE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAABQYAAAAA&#10;">
+                    <v:group w14:anchorId="5C539981" id="Group 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:20.3pt;margin-top:7.1pt;width:13.4pt;height:10.5pt;z-index:-251657216;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="170180,133350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCVziL5oQIAACwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVN9v2yAQfp+0/wHxvjhOmrS16lRTs0aT&#10;qq5SO+2ZYPxDw8CAxOl/v+NsnLSdNqnzAz7gu+Pu4+Ourg+tJHthXaNVTtPJlBKhuC4aVeX0+9Pt&#10;pwtKnGeqYFIrkdNn4ej16uOHq85kYqZrLQthCQRRLutMTmvvTZYkjteiZW6ijVCwWWrbMg9TWyWF&#10;ZR1Eb2Uym06XSadtYazmwjlYXfebdIXxy1Jw/60snfBE5hRy8zhaHLdhTFZXLKssM3XDhzTYO7Jo&#10;WaPg0DHUmnlGdrZ5E6ptuNVOl37CdZvosmy4wBqgmnT6qpqN1TuDtVRZV5mRJqD2FU/vDsvv9xtr&#10;Hs2D7bMH807znw54STpTZaf7YV4dwYfStsEJiiAHZPR5ZFQcPOGwmJ5P0wvgncNWOp/PFwPjvIZr&#10;eePF6y9/9UtY1h+KqY2pdAa04470uP+j57FmRiDrLpT/YElTQPYpJYq1IOHNoBZYAZbC4YAKDA4z&#10;N5D5ip/l/OySEuABDdTdyNLi/GxkaTZd9iyN1bKM75zfCI10s/2d8+heFdFidbT4QUXTgviD7CXK&#10;3lMCsreUgOy3vewN88Ev3GEwSQdVDpnUYPaJhN1W78WTRpw/XhoAZgvkADI9QqQ6haaL5eUMekC4&#10;/1N8RMW/wcAnaBQKBI6A+O+BIKkotn9g/ngql9oJ4BB8Q+WjgWzA4infUiExs+XlBb5wp2VT3DZS&#10;Bj6crbY30pI9C/0Fv8AthHgBM9b5NXN1j8OtASYVPjSX9aoJatrq4hlE14HMcup+7ZgVlMivCmQd&#10;Olg0bDS20bBe3mjsc3hVcObT4QezhoTjc+pBbvc6qptlUUiBhBEbPJX+vPO6bILK4KXFjIYJvDS0&#10;sCWB9aLnnc4RdWzyq98AAAD//wMAUEsDBBQABgAIAAAAIQD3VL8M3QAAAAcBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI7NToNAFIX3Jr7D5Jq4swOUokGGpmnUVWNia2Lc3TK3QMrMEGYK9O29rnR5fnLO&#10;V6xn04mRBt86qyBeRCDIVk63tlbweXh9eALhA1qNnbOk4Eoe1uXtTYG5dpP9oHEfasEj1ueooAmh&#10;z6X0VUMG/cL1ZDk7ucFgYDnUUg848bjpZBJFmTTYWn5osKdtQ9V5fzEK3iacNsv4ZdydT9vr92H1&#10;/rWLSan7u3nzDCLQHP7K8IvP6FAy09FdrPaiU5BGGTfZTxMQnGePKYijguUqAVkW8j9/+QMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCVziL5oQIAACwGAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD3VL8M3QAAAAcBAAAPAAAAAAAAAAAAAAAAAPsE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAABQYAAAAA&#10;">
                       <v:shape id="Graphic 11" o:spid="_x0000_s1027" style="position:absolute;left:6349;top:6349;width:157480;height:120650;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="157480,120650" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDhv66hwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LawIx&#10;EL4X/A9hhN5q4gOxW6NoQZBeSrXsedjMbpZuJkuS6tZf3wiF3ubje856O7hOXCjE1rOG6USBIK68&#10;abnR8Hk+PK1AxIRssPNMGn4ownYzelhjYfyVP+hySo3IIRwL1GBT6gspY2XJYZz4njhztQ8OU4ah&#10;kSbgNYe7Ts6UWkqHLecGiz29Wqq+Tt9Ow+y9DJ1S9Vs7L1W9LKW9PS/2Wj+Oh90LiERD+hf/uY8m&#10;z5/C/Zd8gNz8AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOG/rqHBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,120251r156928,l156928,,,,,120251xe" filled="f" strokeweight=".35272mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69A20C17" wp14:editId="08B6CB7D">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>652653</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>90402</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="170180" cy="133350"/>
@@ -2373,51 +2382,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="12699">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="3F97FAFD" id="Group 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:51.4pt;margin-top:7.1pt;width:13.4pt;height:10.5pt;z-index:-251655168;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="170180,133350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR5OvsngIAACwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtu3CAQfa/Uf0C8N17vLVkr3qhKmlWl&#10;KI2UVH1mMb6oGCiw683fdxgb7yapWin1Ax6YwzBzOMzl1aGVZC+sa7TKaXo2oUQorotGVTn9/nT7&#10;6YIS55kqmNRK5PRZOHq1/vjhsjOZmOpay0JYAkGUyzqT09p7kyWJ47VomTvTRihwltq2zMPUVklh&#10;WQfRW5lMJ5Nl0mlbGKu5cA5Wb3onXWP8shTcfytLJzyROYXcPI4Wx20Yk/UlyyrLTN3wIQ32jixa&#10;1ig4dAx1wzwjO9u8CdU23GqnS3/GdZvosmy4wBqgmnTyqpqN1TuDtVRZV5mRJqD2FU/vDsvv9xtr&#10;Hs2D7bMH807znw54STpTZaf+MK+O4ENp27AJiiAHZPR5ZFQcPOGwmJ5P0gvgnYMrnc1mi4FxXsO1&#10;vNnF6y9/3ZewrD8UUxtT6Qxoxx3pcf9Hz2PNjEDWXSj/wZKmCNlTolgLEt4MaoEVYCkcDqjA4DBz&#10;A5mv+FnO5itKgAc0UHcjS4vz+cjSdLLsWRqrZRnfOb8RGulm+zvncXtVRIvV0eIHFU0L4g+ylyh7&#10;TwnI3lICst/2sjfMh33hDoNJOqhyyKQGs08keFu9F08acf54aQCYLtIQCjI9QqQ6haaL5Wo+x7pf&#10;4CMq/g0GPkGjUCBwBMR/DwRJRbH9A/PHU7nUTvSJh8qxgpENCHjKt1RIzHS5WuELd1o2xW0jZeDD&#10;2Wp7LS3Zs9Bf8BsIeQEz1vkb5uoeh64BJhU+NJf1qglq2uriGUTXgcxy6n7tmBWUyK8KZB06WDRs&#10;NLbRsF5ea+xzeFVw5tPhB7OGhONz6kFu9zqqm2VRSFBvAPTYsFPpzzuvyyaoDF5azGiYwEtDC1sS&#10;WC963ukcUccmv/4NAAD//wMAUEsDBBQABgAIAAAAIQAvTVhE3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9BS8NAEIXvgv9hGcGb3WRri8ZsSinqqQi2gnjbZqdJaHY2ZLdJ+u+dnvT2Hu/x5pt8&#10;NblWDNiHxpOGdJaAQCq9bajS8LV/e3gCEaIha1pPqOGCAVbF7U1uMutH+sRhFyvBIxQyo6GOscuk&#10;DGWNzoSZ75A4O/remci2r6TtzcjjrpUqSZbSmYb4Qm063NRYnnZnp+F9NON6nr4O29Nxc/nZLz6+&#10;tylqfX83rV9ARJziXxmu+IwOBTMd/JlsEC37RDF6ZPGoQFwL6nkJ4qBhvlAgi1z+/6D4BQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANHk6+yeAgAALAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAC9NWETfAAAACQEAAA8AAAAAAAAAAAAAAAAA+AQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAEBgAAAAA=&#10;">
+                    <v:group w14:anchorId="24B7AA25" id="Group 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:51.4pt;margin-top:7.1pt;width:13.4pt;height:10.5pt;z-index:-251655168;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="170180,133350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR5OvsngIAACwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtu3CAQfa/Uf0C8N17vLVkr3qhKmlWl&#10;KI2UVH1mMb6oGCiw683fdxgb7yapWin1Ax6YwzBzOMzl1aGVZC+sa7TKaXo2oUQorotGVTn9/nT7&#10;6YIS55kqmNRK5PRZOHq1/vjhsjOZmOpay0JYAkGUyzqT09p7kyWJ47VomTvTRihwltq2zMPUVklh&#10;WQfRW5lMJ5Nl0mlbGKu5cA5Wb3onXWP8shTcfytLJzyROYXcPI4Wx20Yk/UlyyrLTN3wIQ32jixa&#10;1ig4dAx1wzwjO9u8CdU23GqnS3/GdZvosmy4wBqgmnTyqpqN1TuDtVRZV5mRJqD2FU/vDsvv9xtr&#10;Hs2D7bMH807znw54STpTZaf+MK+O4ENp27AJiiAHZPR5ZFQcPOGwmJ5P0gvgnYMrnc1mi4FxXsO1&#10;vNnF6y9/3ZewrD8UUxtT6Qxoxx3pcf9Hz2PNjEDWXSj/wZKmCNlTolgLEt4MaoEVYCkcDqjA4DBz&#10;A5mv+FnO5itKgAc0UHcjS4vz+cjSdLLsWRqrZRnfOb8RGulm+zvncXtVRIvV0eIHFU0L4g+ylyh7&#10;TwnI3lICst/2sjfMh33hDoNJOqhyyKQGs08keFu9F08acf54aQCYLtIQCjI9QqQ6haaL5Wo+x7pf&#10;4CMq/g0GPkGjUCBwBMR/DwRJRbH9A/PHU7nUTvSJh8qxgpENCHjKt1RIzHS5WuELd1o2xW0jZeDD&#10;2Wp7LS3Zs9Bf8BsIeQEz1vkb5uoeh64BJhU+NJf1qglq2uriGUTXgcxy6n7tmBWUyK8KZB06WDRs&#10;NLbRsF5ea+xzeFVw5tPhB7OGhONz6kFu9zqqm2VRSFBvAPTYsFPpzzuvyyaoDF5azGiYwEtDC1sS&#10;WC963ukcUccmv/4NAAD//wMAUEsDBBQABgAIAAAAIQAvTVhE3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9BS8NAEIXvgv9hGcGb3WRri8ZsSinqqQi2gnjbZqdJaHY2ZLdJ+u+dnvT2Hu/x5pt8&#10;NblWDNiHxpOGdJaAQCq9bajS8LV/e3gCEaIha1pPqOGCAVbF7U1uMutH+sRhFyvBIxQyo6GOscuk&#10;DGWNzoSZ75A4O/remci2r6TtzcjjrpUqSZbSmYb4Qm063NRYnnZnp+F9NON6nr4O29Nxc/nZLz6+&#10;tylqfX83rV9ARJziXxmu+IwOBTMd/JlsEC37RDF6ZPGoQFwL6nkJ4qBhvlAgi1z+/6D4BQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANHk6+yeAgAALAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAC9NWETfAAAACQEAAA8AAAAAAAAAAAAAAAAA+AQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAEBgAAAAA=&#10;">
                       <v:shape id="Graphic 13" o:spid="_x0000_s1027" style="position:absolute;left:6349;top:6349;width:157480;height:120650;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="157480,120650" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBahAzBwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LFLw1m1ooNs0qRVKoEvDVS29DdvKg2dk0u2rqr3cFwdt8fM9J54NpxZF611hW8BzFIIgL&#10;qxuuFHzvP5+mIJxH1thaJgX/5GA+Gz2kmGh74i0dd74SIYRdggpq77tESlfUZNBFtiMOXGl7gz7A&#10;vpK6x1MIN62cxPGrNNhwaKixo0VNxe/uYBQs880f5m95uTWTn3WWnbNuv4qVGj8OH+8gPA3+Lr65&#10;v3SY/wLXX8IBcnYBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAWoQMwcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,120251r156944,l156944,,,,,120251xe" filled="f" strokeweight=".35275mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>YES</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
@@ -2602,51 +2611,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="12699">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="2562D67E" id="Group 762120543" o:spid="_x0000_s1026" style="position:absolute;margin-left:20.3pt;margin-top:.75pt;width:13.4pt;height:10.5pt;z-index:-15820800;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="170180,133350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUZuvkpQIAADMGAAAOAAAAZHJzL2Uyb0RvYy54bWykVN9v2yAQfp+0/wHxvtpO2rSx6lRTu0aT&#10;qq5SO+2ZYPxDw8CAxOl/v+NsnLSdNqnzAz7gu+Pu4+Mur/adJDthXatVQbOTlBKhuC5bVRf0+9Pt&#10;pwtKnGeqZFIrUdBn4ejV6uOHy97kYqYbLUthCQRRLu9NQRvvTZ4kjjeiY+5EG6Fgs9K2Yx6mtk5K&#10;y3qI3slklqaLpNe2NFZz4Rys3gybdIXxq0pw/62qnPBEFhRy8zhaHDdhTFaXLK8tM03LxzTYO7Lo&#10;WKvg0CnUDfOMbG37JlTXcqudrvwJ112iq6rlAmuAarL0VTVrq7cGa6nzvjYTTUDtK57eHZbf79bW&#10;PJoHO2QP5p3mPx3wkvSmzo/3w7w+gPeV7YITFEH2yOjzxKjYe8JhMTtPswvgncNWNp/Pz0bGeQPX&#10;8saLN1/+6pewfDgUU5tS6Q1oxx3ocf9Hz2PDjEDWXSj/wZK2DJVk6RIKmEE1inUg5fWomnkQUcgB&#10;wIHIceZGTl/RtJifLikBOtBA+U1knZ2fTmTN0sVA1lQ0y/nW+bXQyDrb3TmP7nUZLdZEi+9VNC28&#10;gaB+ier3lID6LSWg/s2gfsN88AtXGUzSQ7FjJg2YQyJht9M78aQR5w93B4DZAjmATA8QqY6h2dli&#10;OYNWEGRwjI+o+DcY+AiNeoHAERD/AxDuImruH5g/nsqldgI4BN9Q+WQgG7B4zLdUSMxssVziQ3da&#10;tuVtK2Xgw9l6cy0t2bHQZvAL3EKIFzBjnb9hrhlwuDXCpML35vJBNUFNG10+g/Z6UFlB3a8ts4IS&#10;+VWBukMji4aNxiYa1strje0OrwrOfNr/YNaQcHxBPcjtXkeRszwKKZAwYYOn0p+3XldtUBk8uJjR&#10;OIEHhxZ2JrBetL7jOaIOvX71GwAA//8DAFBLAwQUAAYACAAAACEAd1/uLtwAAAAGAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyOzU6DQBSF9ya+w+SauLMDWNAgQ9M06qoxsTUx7m6ZWyBl7hBmCvTtHVd2&#10;eX5yzlesZtOJkQbXWlYQLyIQxJXVLdcKvvZvD88gnEfW2FkmBRdysCpvbwrMtZ34k8adr0UYYZej&#10;gsb7PpfSVQ0ZdAvbE4fsaAeDPsihlnrAKYybTiZRlEmDLYeHBnvaNFSddmej4H3Caf0Yv47b03Fz&#10;+dmnH9/bmJS6v5vXLyA8zf6/DH/4AR3KwHSwZ9ZOdAqWURaawU9BhDh7WoI4KEiSFGRZyGv88hcA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCUZuvkpQIAADMGAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB3X+4u3AAAAAYBAAAPAAAAAAAAAAAAAAAA&#10;AP8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAACAYAAAAA&#10;">
+                    <v:group w14:anchorId="2DE03844" id="Group 762120543" o:spid="_x0000_s1026" style="position:absolute;margin-left:20.3pt;margin-top:.75pt;width:13.4pt;height:10.5pt;z-index:-15820800;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="170180,133350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUZuvkpQIAADMGAAAOAAAAZHJzL2Uyb0RvYy54bWykVN9v2yAQfp+0/wHxvtpO2rSx6lRTu0aT&#10;qq5SO+2ZYPxDw8CAxOl/v+NsnLSdNqnzAz7gu+Pu4+Mur/adJDthXatVQbOTlBKhuC5bVRf0+9Pt&#10;pwtKnGeqZFIrUdBn4ejV6uOHy97kYqYbLUthCQRRLu9NQRvvTZ4kjjeiY+5EG6Fgs9K2Yx6mtk5K&#10;y3qI3slklqaLpNe2NFZz4Rys3gybdIXxq0pw/62qnPBEFhRy8zhaHDdhTFaXLK8tM03LxzTYO7Lo&#10;WKvg0CnUDfOMbG37JlTXcqudrvwJ112iq6rlAmuAarL0VTVrq7cGa6nzvjYTTUDtK57eHZbf79bW&#10;PJoHO2QP5p3mPx3wkvSmzo/3w7w+gPeV7YITFEH2yOjzxKjYe8JhMTtPswvgncNWNp/Pz0bGeQPX&#10;8saLN1/+6pewfDgUU5tS6Q1oxx3ocf9Hz2PDjEDWXSj/wZK2DJVk6RIKmEE1inUg5fWomnkQUcgB&#10;wIHIceZGTl/RtJifLikBOtBA+U1knZ2fTmTN0sVA1lQ0y/nW+bXQyDrb3TmP7nUZLdZEi+9VNC28&#10;gaB+ier3lID6LSWg/s2gfsN88AtXGUzSQ7FjJg2YQyJht9M78aQR5w93B4DZAjmATA8QqY6h2dli&#10;OYNWEGRwjI+o+DcY+AiNeoHAERD/AxDuImruH5g/nsqldgI4BN9Q+WQgG7B4zLdUSMxssVziQ3da&#10;tuVtK2Xgw9l6cy0t2bHQZvAL3EKIFzBjnb9hrhlwuDXCpML35vJBNUFNG10+g/Z6UFlB3a8ts4IS&#10;+VWBukMji4aNxiYa1strje0OrwrOfNr/YNaQcHxBPcjtXkeRszwKKZAwYYOn0p+3XldtUBk8uJjR&#10;OIEHhxZ2JrBetL7jOaIOvX71GwAA//8DAFBLAwQUAAYACAAAACEAd1/uLtwAAAAGAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyOzU6DQBSF9ya+w+SauLMDWNAgQ9M06qoxsTUx7m6ZWyBl7hBmCvTtHVd2&#10;eX5yzlesZtOJkQbXWlYQLyIQxJXVLdcKvvZvD88gnEfW2FkmBRdysCpvbwrMtZ34k8adr0UYYZej&#10;gsb7PpfSVQ0ZdAvbE4fsaAeDPsihlnrAKYybTiZRlEmDLYeHBnvaNFSddmej4H3Caf0Yv47b03Fz&#10;+dmnH9/bmJS6v5vXLyA8zf6/DH/4AR3KwHSwZ9ZOdAqWURaawU9BhDh7WoI4KEiSFGRZyGv88hcA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCUZuvkpQIAADMGAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB3X+4u3AAAAAYBAAAPAAAAAAAAAAAAAAAA&#10;AP8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAACAYAAAAA&#10;">
                       <v:shape id="Graphic 3" o:spid="_x0000_s1027" style="position:absolute;left:6349;top:6349;width:157480;height:120650;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="157480,120650" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAXg/wVzQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PT8Mw&#10;DMXvSHyHyEjcWLJO/Fm3bEKoSIAqwTYuu1mN11Y0TmnCVvj0+IDE0fbze++3XI++U0caYhvYwnRi&#10;QBFXwbVcW3jfPV7dgYoJ2WEXmCx8U4T16vxsibkLJ97QcZtqJSYcc7TQpNTnWseqIY9xEnpiuR3C&#10;4DHJONTaDXgSc9/pzJgb7bFlSWiwp4eGqo/tl7fwXL59YjkvDxuf7V+L4qfody/G2suL8X4BKtGY&#10;/sV/309O6t9OzXw2u86EQphkAXr1CwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/&#10;AAAAFQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABeD/BXN&#10;AAAA4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAAB&#10;AwAAAAA=&#10;" path="m,120263r156928,l156928,,,,,120263xe" filled="f" strokeweight=".35275mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487496704" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="010F0227" wp14:editId="37D23C94">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>652652</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>9452</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="170180" cy="133350"/>
@@ -2705,51 +2714,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="12700">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="2E6E349C" id="Group 1013946484" o:spid="_x0000_s1026" style="position:absolute;margin-left:51.4pt;margin-top:.75pt;width:13.4pt;height:10.5pt;z-index:-15819776;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="170180,133350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAEWVtFogIAADIGAAAOAAAAZHJzL2Uyb0RvYy54bWykVFtP2zAUfp+0/2D5fSRpaVoiUjTBqCYh&#10;hgTTnl3HuWiO7dluU/79jk8uLTBNE8tDchx/5/b587m8OrSS7IV1jVY5Tc5iSoTiumhUldPvT7ef&#10;VpQ4z1TBpFYip8/C0av1xw+XncnETNdaFsISCKJc1pmc1t6bLIocr0XL3Jk2QsFmqW3LPCxtFRWW&#10;dRC9ldEsjtOo07YwVnPhHPy96TfpGuOXpeD+W1k64YnMKdTm8W3xvQ3vaH3JssoyUzd8KIO9o4qW&#10;NQqSTqFumGdkZ5s3odqGW+106c+4biNdlg0X2AN0k8SvutlYvTPYS5V1lZloAmpf8fTusPx+v7Hm&#10;0TzYvnow7zT/6YCXqDNVdrof1tURfChtG5ygCXJARp8nRsXBEw4/k2WcrIB3DlvJfD5fDIzzGo7l&#10;jRevv/zVL2JZnxRLm0rpDGjHHelx/0fPY82MQNZdaP/BkqbIabq6iBdJskwpUawFJW8G0SyChkIJ&#10;gA08Dis3UPqKpTRQQIANNFB9E1eL5fnE1SxOe66mnlnGd85vhEbS2f7OeXSvitFi9WjxgxpNC1cg&#10;iF+i+D0lIH5LCYh/24vfMB/8wkkGk3RwUkMlNZh9IWG31XvxpBHnj0cHgFk6D6Gg0iNEqlNoskgv&#10;zs+x7xf4ETV+DQY+QaNcIPAIGL89sGfyXzB/zMqldqIvPHSOHUxsQNJTvqVCYmbLOMZ77rRsittG&#10;ysCHs9X2WlqyZ2HK4DMQ8gJmrPM3zNU9DrcGmFR43VzWqyaoaauLZ5BeByrLqfu1Y1ZQIr8qEHeY&#10;Y6NhR2M7GtbLa43TDo8Kcj4dfjBrSEifUw9yu9ejxlk2Cgn6DYAeGzyV/rzzumyCyuC+jRUNC7hv&#10;aOFgAuvF5DtdI+o46te/AQAA//8DAFBLAwQUAAYACAAAACEA9fMPkN4AAAAIAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm91kJUVjNqUU9VQEW0G8TbPTJDS7G7LbJP33Tk96e483&#10;vPdNsZptJ0YaQuudhnSRgCBXedO6WsPX/u3hCUSI6Ax23pGGCwVYlbc3BebGT+6Txl2sBZe4kKOG&#10;JsY+lzJUDVkMC9+T4+zoB4uR7VBLM+DE5baTKkmW0mLreKHBnjYNVafd2Wp4n3BaP6av4/Z03Fx+&#10;9tnH9zYlre/v5vULiEhz/DuGKz6jQ8lMB392JoiOfaIYPbLIQFxz9bwEcdCgVAayLOT/B8pfAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAARZW0WiAgAAMgYAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzD5DeAAAACAEAAA8AAAAAAAAAAAAAAAAA&#10;/AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAHBgAAAAA=&#10;">
+                    <v:group w14:anchorId="526383A5" id="Group 1013946484" o:spid="_x0000_s1026" style="position:absolute;margin-left:51.4pt;margin-top:.75pt;width:13.4pt;height:10.5pt;z-index:-15819776;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="170180,133350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAEWVtFogIAADIGAAAOAAAAZHJzL2Uyb0RvYy54bWykVFtP2zAUfp+0/2D5fSRpaVoiUjTBqCYh&#10;hgTTnl3HuWiO7dluU/79jk8uLTBNE8tDchx/5/b587m8OrSS7IV1jVY5Tc5iSoTiumhUldPvT7ef&#10;VpQ4z1TBpFYip8/C0av1xw+XncnETNdaFsISCKJc1pmc1t6bLIocr0XL3Jk2QsFmqW3LPCxtFRWW&#10;dRC9ldEsjtOo07YwVnPhHPy96TfpGuOXpeD+W1k64YnMKdTm8W3xvQ3vaH3JssoyUzd8KIO9o4qW&#10;NQqSTqFumGdkZ5s3odqGW+106c+4biNdlg0X2AN0k8SvutlYvTPYS5V1lZloAmpf8fTusPx+v7Hm&#10;0TzYvnow7zT/6YCXqDNVdrof1tURfChtG5ygCXJARp8nRsXBEw4/k2WcrIB3DlvJfD5fDIzzGo7l&#10;jRevv/zVL2JZnxRLm0rpDGjHHelx/0fPY82MQNZdaP/BkqbIabq6iBdJskwpUawFJW8G0SyChkIJ&#10;gA08Dis3UPqKpTRQQIANNFB9E1eL5fnE1SxOe66mnlnGd85vhEbS2f7OeXSvitFi9WjxgxpNC1cg&#10;iF+i+D0lIH5LCYh/24vfMB/8wkkGk3RwUkMlNZh9IWG31XvxpBHnj0cHgFk6D6Gg0iNEqlNoskgv&#10;zs+x7xf4ETV+DQY+QaNcIPAIGL89sGfyXzB/zMqldqIvPHSOHUxsQNJTvqVCYmbLOMZ77rRsittG&#10;ysCHs9X2WlqyZ2HK4DMQ8gJmrPM3zNU9DrcGmFR43VzWqyaoaauLZ5BeByrLqfu1Y1ZQIr8qEHeY&#10;Y6NhR2M7GtbLa43TDo8Kcj4dfjBrSEifUw9yu9ejxlk2Cgn6DYAeGzyV/rzzumyCyuC+jRUNC7hv&#10;aOFgAuvF5DtdI+o46te/AQAA//8DAFBLAwQUAAYACAAAACEA9fMPkN4AAAAIAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm91kJUVjNqUU9VQEW0G8TbPTJDS7G7LbJP33Tk96e483&#10;vPdNsZptJ0YaQuudhnSRgCBXedO6WsPX/u3hCUSI6Ax23pGGCwVYlbc3BebGT+6Txl2sBZe4kKOG&#10;JsY+lzJUDVkMC9+T4+zoB4uR7VBLM+DE5baTKkmW0mLreKHBnjYNVafd2Wp4n3BaP6av4/Z03Fx+&#10;9tnH9zYlre/v5vULiEhz/DuGKz6jQ8lMB392JoiOfaIYPbLIQFxz9bwEcdCgVAayLOT/B8pfAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAARZW0WiAgAAMgYAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzD5DeAAAACAEAAA8AAAAAAAAAAAAAAAAA&#10;/AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAHBgAAAAA=&#10;">
                       <v:shape id="Graphic 5" o:spid="_x0000_s1027" style="position:absolute;left:6350;top:6350;width:157480;height:120650;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="157480,120650" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDvggG9yQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5RW81U2ExDS6iiiC9FDQFurxkX35g9m3YXfV+O27hUKPw8z8hlmuR9OLGznfWVaQThMQ&#10;xJXVHTcKvj73rwUIH5A19pZJwYM8rFfPT0sstb3zkW6n0IgIYV+igjaEoZTSVy0Z9FM7EEevts5g&#10;iNI1Uju8R7jp5SxJcmmw47jQ4kDblqrL6WoUZN9dnaW7utijn7/jx8Wd+6NTavIybhYgAo3hP/zX&#10;PmgFefGWZGk6z+H3UrwDcvUDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA74IBvckAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" path="m,120263r156944,l156944,,,,,120263xe" filled="f" strokeweight="1pt">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>YES</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
@@ -2953,51 +2962,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="12699">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="51020BCB" id="Group 440965122" o:spid="_x0000_s1026" style="position:absolute;margin-left:20.3pt;margin-top:.75pt;width:13.4pt;height:10.5pt;z-index:-15817728;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="170180,133350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBpOvBXqAIAADMGAAAOAAAAZHJzL2Uyb0RvYy54bWykVG1v2yAQ/j5p/wHxfbXjNG5j1ammdo0m&#10;VV2lZtpngvGLhoEBidN/v+P8krSdNqnzB3zAc8fdw8NdXR9aSfbCukarnM7OYkqE4rpoVJXT75u7&#10;T5eUOM9UwaRWIqfPwtHr1ccPV53JRKJrLQthCQRRLutMTmvvTRZFjteiZe5MG6Fgs9S2ZR6mtooK&#10;yzqI3sooieM06rQtjNVcOAert/0mXWH8shTcfytLJzyROYXcPI4Wx20Yo9UVyyrLTN3wIQ32jixa&#10;1ig4dAp1yzwjO9u8CdU23GqnS3/GdRvpsmy4wBqgmln8qpq11TuDtVRZV5mJJqD2FU/vDssf9mtr&#10;nsyj7bMH817znw54iTpTZaf7YV4dwYfStsEJiiAHZPR5YlQcPOGwOLuIZ5fAO4et2Xw+XwyM8xqu&#10;5Y0Xr7/81S9iWX8opjal0hnQjjvS4/6PnqeaGYGsu1D+oyVNkVO4nmSZzi/iBSWKtSDl9aCaeRBR&#10;yAHAgchh5gZOX9GUzs+XlAAdaKD8JrIWF+cTWUmc9mRNRbOM75xfC42ss/298+heFaPF6tHiBzWa&#10;Ft5AUL9E9XtKQP2WElD/tle/YT74hasMJungqoZMajD7RMJuq/dioxHnj3cHgCRFDiDTI0SqU+hs&#10;kS4TaAVBBqf4ETX+DQY+QaNeIPAIGP89EJQ1au4fmD+eyqV2AjgE31D5ZCAbsHjKt1RITJIul/jQ&#10;nZZNcddIGfhwttreSEv2LLQZ/AK3EOIFzFjnb5mrexxuDTCp8L25rFdNUNNWF8+gvQ5UllP3a8es&#10;oER+VaDu0MhGw47GdjSslzca2x1eFZy5Ofxg1pBwfE49yO1BjyJn2SikQMKEDZ5Kf955XTZBZfDg&#10;xoyGCTw4tLAzgfWi9Z3OEXXs9avfAAAA//8DAFBLAwQUAAYACAAAACEAd1/uLtwAAAAGAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyOzU6DQBSF9ya+w+SauLMDWNAgQ9M06qoxsTUx7m6ZWyBl7hBmCvTt&#10;HVd2eX5yzlesZtOJkQbXWlYQLyIQxJXVLdcKvvZvD88gnEfW2FkmBRdysCpvbwrMtZ34k8adr0UY&#10;YZejgsb7PpfSVQ0ZdAvbE4fsaAeDPsihlnrAKYybTiZRlEmDLYeHBnvaNFSddmej4H3Caf0Yv47b&#10;03Fz+dmnH9/bmJS6v5vXLyA8zf6/DH/4AR3KwHSwZ9ZOdAqWURaawU9BhDh7WoI4KEiSFGRZyGv8&#10;8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBpOvBXqAIAADMGAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB3X+4u3AAAAAYBAAAPAAAAAAAAAAAA&#10;AAAAAAIFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAACwYAAAAA&#10;">
+                    <v:group w14:anchorId="129958F0" id="Group 440965122" o:spid="_x0000_s1026" style="position:absolute;margin-left:20.3pt;margin-top:.75pt;width:13.4pt;height:10.5pt;z-index:-15817728;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="170180,133350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBpOvBXqAIAADMGAAAOAAAAZHJzL2Uyb0RvYy54bWykVG1v2yAQ/j5p/wHxfbXjNG5j1ammdo0m&#10;VV2lZtpngvGLhoEBidN/v+P8krSdNqnzB3zAc8fdw8NdXR9aSfbCukarnM7OYkqE4rpoVJXT75u7&#10;T5eUOM9UwaRWIqfPwtHr1ccPV53JRKJrLQthCQRRLutMTmvvTRZFjteiZe5MG6Fgs9S2ZR6mtooK&#10;yzqI3sooieM06rQtjNVcOAert/0mXWH8shTcfytLJzyROYXcPI4Wx20Yo9UVyyrLTN3wIQ32jixa&#10;1ig4dAp1yzwjO9u8CdU23GqnS3/GdRvpsmy4wBqgmln8qpq11TuDtVRZV5mJJqD2FU/vDssf9mtr&#10;nsyj7bMH817znw54iTpTZaf7YV4dwYfStsEJiiAHZPR5YlQcPOGwOLuIZ5fAO4et2Xw+XwyM8xqu&#10;5Y0Xr7/81S9iWX8opjal0hnQjjvS4/6PnqeaGYGsu1D+oyVNkVO4nmSZzi/iBSWKtSDl9aCaeRBR&#10;yAHAgchh5gZOX9GUzs+XlAAdaKD8JrIWF+cTWUmc9mRNRbOM75xfC42ss/298+heFaPF6tHiBzWa&#10;Ft5AUL9E9XtKQP2WElD/tle/YT74hasMJungqoZMajD7RMJuq/dioxHnj3cHgCRFDiDTI0SqU+hs&#10;kS4TaAVBBqf4ETX+DQY+QaNeIPAIGP89EJQ1au4fmD+eyqV2AjgE31D5ZCAbsHjKt1RITJIul/jQ&#10;nZZNcddIGfhwttreSEv2LLQZ/AK3EOIFzFjnb5mrexxuDTCp8L25rFdNUNNWF8+gvQ5UllP3a8es&#10;oER+VaDu0MhGw47GdjSslzca2x1eFZy5Ofxg1pBwfE49yO1BjyJn2SikQMKEDZ5Kf955XTZBZfDg&#10;xoyGCTw4tLAzgfWi9Z3OEXXs9avfAAAA//8DAFBLAwQUAAYACAAAACEAd1/uLtwAAAAGAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyOzU6DQBSF9ya+w+SauLMDWNAgQ9M06qoxsTUx7m6ZWyBl7hBmCvTt&#10;HVd2eX5yzlesZtOJkQbXWlYQLyIQxJXVLdcKvvZvD88gnEfW2FkmBRdysCpvbwrMtZ34k8adr0UY&#10;YZejgsb7PpfSVQ0ZdAvbE4fsaAeDPsihlnrAKYybTiZRlEmDLYeHBnvaNFSddmej4H3Caf0Yv47b&#10;03Fz+dmnH9/bmJS6v5vXLyA8zf6/DH/4AR3KwHSwZ9ZOdAqWURaawU9BhDh7WoI4KEiSFGRZyGv8&#10;8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBpOvBXqAIAADMGAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB3X+4u3AAAAAYBAAAPAAAAAAAAAAAA&#10;AAAAAAIFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAACwYAAAAA&#10;">
                       <v:shape id="Graphic 3" o:spid="_x0000_s1027" style="position:absolute;left:6349;top:6349;width:157480;height:120650;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="157480,120650" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAEF7rpzQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PS8NA&#10;FMTvQr/D8gre7G4jVhu7LSIRrATsHy/eHtnXJJh9G7Nrm/bTdwtCj8PM/IaZLXrbiD11vnasYTxS&#10;IIgLZ2ouNXxt3+6eQPiAbLBxTBqO5GExH9zMMDXuwGvab0IpIoR9ihqqENpUSl9UZNGPXEscvZ3r&#10;LIYou1KaDg8RbhuZKDWRFmuOCxW29FpR8bP5sxqW+eoX82m+W9vk+zPLTlm7/VBa3w77l2cQgfpw&#10;Df+3342GRI2T6eT+UT3A5VP8A3J+BgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/&#10;AAAAFQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAQXuunN&#10;AAAA4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAAB&#10;AwAAAAA=&#10;" path="m,120263r156928,l156928,,,,,120263xe" filled="f" strokeweight=".35275mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487499776" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3CF3F940" wp14:editId="76ADD587">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>652652</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>9452</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="170180" cy="133350"/>
@@ -3056,85 +3065,85 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="12700">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="6EB1A057" id="Group 337898451" o:spid="_x0000_s1026" style="position:absolute;margin-left:51.4pt;margin-top:.75pt;width:13.4pt;height:10.5pt;z-index:-15816704;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="170180,133350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxVEklogIAADMGAAAOAAAAZHJzL2Uyb0RvYy54bWyklF1v2yAUhu8n7T8g7lc7zkc7q041tWs0&#10;qdoqtdOuCcYfGgYGJE7//Q7HxknbaZq6XDgH83I45/ELl1eHTpK9sK7VqqCzs5QSobguW1UX9Pvj&#10;7YcLSpxnqmRSK1HQJ+Ho1fr9u8ve5CLTjZalsASSKJf3pqCN9yZPEscb0TF3po1QMFlp2zEPQ1sn&#10;pWU9ZO9kkqXpKum1LY3VXDgHb2+GSbrG/FUluP9WVU54IgsKtXl8WnxuwzNZX7K8tsw0LR/LYG+o&#10;omOtgk2nVDfMM7Kz7atUXcutdrryZ1x3ia6qlgvsAbqZpS+62Vi9M9hLnfe1mTAB2hec3pyWf91v&#10;rHkw93aoHsI7zX864JL0ps5P58O4PooPle3CImiCHJDo00RUHDzh8HJ2ns4ugDuHqdl8Pl+OxHkD&#10;n+XVKt58/uu6hOXDpljaVEpvwDvuiMf9H56HhhmB1F1o/96StoTqs3Q1z7LFPKNEsQ6svBldswwm&#10;CjWAOIAcR25k+gLTKjAggAMDtN8Ea3m+mGDBdgOsqWmW853zG6GROtvfOY/L6zJGrIkRP6gYWjgD&#10;wf0S3e8pAfdbSsD928H9hvmwLnzKEJIemh0raYa+oZAw2+m9eNSo88dvB2Cy1TykgkqPEqlOpbPl&#10;6uNigX0/00dV/DeY+ESNfoHEURD/B+FA8l80f9yVS+3EUHjoHDuYaMCmp7ylQjDZeTrAcFq25W0r&#10;ZeDhbL29lpbsWbhm8DcCeSYz1vkb5ppBh1OjTCo8by4fXBPctNXlE3ivB5cV1P3aMSsokV8UuDtc&#10;ZDGwMdjGwHp5rfG6w08Fez4efjBrSNi+oB7s9lVHk7M8Ggn6DYJBG1Yq/WnnddUGl8GBixWNAzhw&#10;GOHNBNGzq+90jKrjXb/+DQAA//8DAFBLAwQUAAYACAAAACEA9fMPkN4AAAAIAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm91kJUVjNqUU9VQEW0G8TbPTJDS7G7LbJP33Tk96e483&#10;vPdNsZptJ0YaQuudhnSRgCBXedO6WsPX/u3hCUSI6Ax23pGGCwVYlbc3BebGT+6Txl2sBZe4kKOG&#10;JsY+lzJUDVkMC9+T4+zoB4uR7VBLM+DE5baTKkmW0mLreKHBnjYNVafd2Wp4n3BaP6av4/Z03Fx+&#10;9tnH9zYlre/v5vULiEhz/DuGKz6jQ8lMB392JoiOfaIYPbLIQFxz9bwEcdCgVAayLOT/B8pfAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALFUSSWiAgAAMwYAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzD5DeAAAACAEAAA8AAAAAAAAAAAAAAAAA&#10;/AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAHBgAAAAA=&#10;">
+                    <v:group w14:anchorId="700978CD" id="Group 337898451" o:spid="_x0000_s1026" style="position:absolute;margin-left:51.4pt;margin-top:.75pt;width:13.4pt;height:10.5pt;z-index:-15816704;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="170180,133350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxVEklogIAADMGAAAOAAAAZHJzL2Uyb0RvYy54bWyklF1v2yAUhu8n7T8g7lc7zkc7q041tWs0&#10;qdoqtdOuCcYfGgYGJE7//Q7HxknbaZq6XDgH83I45/ELl1eHTpK9sK7VqqCzs5QSobguW1UX9Pvj&#10;7YcLSpxnqmRSK1HQJ+Ho1fr9u8ve5CLTjZalsASSKJf3pqCN9yZPEscb0TF3po1QMFlp2zEPQ1sn&#10;pWU9ZO9kkqXpKum1LY3VXDgHb2+GSbrG/FUluP9WVU54IgsKtXl8WnxuwzNZX7K8tsw0LR/LYG+o&#10;omOtgk2nVDfMM7Kz7atUXcutdrryZ1x3ia6qlgvsAbqZpS+62Vi9M9hLnfe1mTAB2hec3pyWf91v&#10;rHkw93aoHsI7zX864JL0ps5P58O4PooPle3CImiCHJDo00RUHDzh8HJ2ns4ugDuHqdl8Pl+OxHkD&#10;n+XVKt58/uu6hOXDpljaVEpvwDvuiMf9H56HhhmB1F1o/96StoTqs3Q1z7LFPKNEsQ6svBldswwm&#10;CjWAOIAcR25k+gLTKjAggAMDtN8Ea3m+mGDBdgOsqWmW853zG6GROtvfOY/L6zJGrIkRP6gYWjgD&#10;wf0S3e8pAfdbSsD928H9hvmwLnzKEJIemh0raYa+oZAw2+m9eNSo88dvB2Cy1TykgkqPEqlOpbPl&#10;6uNigX0/00dV/DeY+ESNfoHEURD/B+FA8l80f9yVS+3EUHjoHDuYaMCmp7ylQjDZeTrAcFq25W0r&#10;ZeDhbL29lpbsWbhm8DcCeSYz1vkb5ppBh1OjTCo8by4fXBPctNXlE3ivB5cV1P3aMSsokV8UuDtc&#10;ZDGwMdjGwHp5rfG6w08Fez4efjBrSNi+oB7s9lVHk7M8Ggn6DYJBG1Yq/WnnddUGl8GBixWNAzhw&#10;GOHNBNGzq+90jKrjXb/+DQAA//8DAFBLAwQUAAYACAAAACEA9fMPkN4AAAAIAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm91kJUVjNqUU9VQEW0G8TbPTJDS7G7LbJP33Tk96e483&#10;vPdNsZptJ0YaQuudhnSRgCBXedO6WsPX/u3hCUSI6Ax23pGGCwVYlbc3BebGT+6Txl2sBZe4kKOG&#10;JsY+lzJUDVkMC9+T4+zoB4uR7VBLM+DE5baTKkmW0mLreKHBnjYNVafd2Wp4n3BaP6av4/Z03Fx+&#10;9tnH9zYlre/v5vULiEhz/DuGKz6jQ8lMB392JoiOfaIYPbLIQFxz9bwEcdCgVAayLOT/B8pfAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALFUSSWiAgAAMwYAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzD5DeAAAACAEAAA8AAAAAAAAAAAAAAAAA&#10;/AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAHBgAAAAA=&#10;">
                       <v:shape id="Graphic 5" o:spid="_x0000_s1027" style="position:absolute;left:6350;top:6350;width:157480;height:120650;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="157480,120650" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAyAApOxgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LawIx&#10;EL4L/Q9hCr1p1litbI1SWgTxUFALehw2sw/cTJYk1fXfN0LB43zvWax624oL+dA41jAeZSCIC2ca&#10;rjT8HNbDOYgQkQ22jknDjQKslk+DBebGXXlHl32sRArhkKOGOsYulzIUNVkMI9cRJ6503mJMp6+k&#10;8XhN4baVKstm0mLDqaHGjj5rKs77X6themzK6firnK8xvG3x++xP7c5r/fLcf7yDiNTHh/jfvTFp&#10;vspmE6VeJwruPyUA5PIPAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMgAKTsYAAADjAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m,120263r156944,l156944,,,,,120263xe" filled="f" strokeweight="1pt">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00F60EE9">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>YES</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00F60EE9">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4B891B08" w14:textId="33DCC05E" w:rsidR="00F60EE9" w:rsidRDefault="00F60EE9">
+    <w:p w14:paraId="2C947CAF" w14:textId="141E5869" w:rsidR="00F02E2F" w:rsidRDefault="00F60EE9">
       <w:pPr>
         <w:spacing w:before="205" w:after="4"/>
         <w:ind w:left="199"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">*Medical Note:  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">You are permitted </w:t>
       </w:r>
       <w:r w:rsidRPr="00F60EE9">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>to drive</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
@@ -3158,101 +3167,100 @@
       </w:r>
       <w:r w:rsidR="00E93BBA">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F60EE9">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and DVLA have granted a licence</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, and the </w:t>
       </w:r>
       <w:r w:rsidRPr="00F60EE9">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>driver follows and complies with any specific terms or conditions imposed</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="003F5985">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
       <w:r>
         <w:t>If</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>you</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>have</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>answered</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>‘yes’</w:t>
-      </w:r>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>yes’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>any</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -3875,51 +3883,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">complying with </w:t>
       </w:r>
       <w:r w:rsidR="002E521F" w:rsidRPr="00E93BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>*Note 1</w:t>
       </w:r>
       <w:r w:rsidR="65AEB9C2" w:rsidRPr="0DDDD0EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D983806" w14:textId="549C0383" w:rsidR="00F02E2F" w:rsidRPr="00F60EE9" w:rsidRDefault="00F60EE9" w:rsidP="758415AD">
+    <w:p w14:paraId="6D983806" w14:textId="0FCCF099" w:rsidR="00F02E2F" w:rsidRPr="00F60EE9" w:rsidRDefault="00F60EE9" w:rsidP="758415AD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="510"/>
           <w:tab w:val="left" w:pos="512"/>
         </w:tabs>
         <w:ind w:right="823"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="758415AD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>I attach</w:t>
       </w:r>
       <w:r w:rsidRPr="758415AD">
         <w:rPr>
@@ -4003,77 +4011,93 @@
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="758415AD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">driving </w:t>
       </w:r>
       <w:r w:rsidRPr="758415AD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>details</w:t>
       </w:r>
       <w:r w:rsidR="08CD8CED" w:rsidRPr="758415AD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">, for my </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002E521F">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="08CD8CED" w:rsidRPr="003F5985">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>School Manager/ Director</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="08CD8CED" w:rsidRPr="758415AD">
+        <w:t xml:space="preserve">for my </w:t>
+      </w:r>
+      <w:r w:rsidR="003F5985" w:rsidRPr="003F5985">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>Faculty Director of Operations/ Director of Directorate</w:t>
+      </w:r>
+      <w:r w:rsidR="003F5985" w:rsidRPr="003F5985">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002E521F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="08CD8CED" w:rsidRPr="003F5985">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="002E521F" w:rsidRPr="003F5985">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
         <w:t>authenticate</w:t>
       </w:r>
-      <w:r w:rsidRPr="758415AD">
+      <w:r w:rsidRPr="003F5985">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ECACF56" w14:textId="088FA996" w:rsidR="00797A9E" w:rsidRDefault="00F60EE9" w:rsidP="00797A9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="94" w:line="252" w:lineRule="exact"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="758415AD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -4083,98 +4107,107 @@
       <w:r w:rsidR="12A7305D" w:rsidRPr="758415AD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> your line manager and co</w:t>
       </w:r>
       <w:r w:rsidR="00797A9E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">mplete an:  </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00797A9E" w:rsidRPr="00797A9E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>Incident Reporting Form</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1034FA63" w14:textId="77777777" w:rsidR="00797A9E" w:rsidRPr="00797A9E" w:rsidRDefault="00797A9E" w:rsidP="00797A9E">
+    <w:p w14:paraId="1034FA63" w14:textId="77777777" w:rsidR="00797A9E" w:rsidRPr="003F5985" w:rsidRDefault="00797A9E" w:rsidP="00797A9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="94" w:line="252" w:lineRule="exact"/>
         <w:ind w:left="512" w:firstLine="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="96" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4123"/>
         <w:gridCol w:w="4820"/>
         <w:gridCol w:w="707"/>
         <w:gridCol w:w="1277"/>
       </w:tblGrid>
       <w:tr w:rsidR="758415AD" w:rsidRPr="00797A9E" w14:paraId="4478AD20" w14:textId="77777777" w:rsidTr="00797A9E">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4123" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B987D69" w14:textId="3D3F7F86" w:rsidR="758415AD" w:rsidRPr="00797A9E" w:rsidRDefault="758415AD" w:rsidP="00797A9E">
+          <w:p w14:paraId="3774D331" w14:textId="77777777" w:rsidR="758415AD" w:rsidRDefault="758415AD" w:rsidP="00797A9E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="206" w:lineRule="exact"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00797A9E">
               <w:t>Signature of Applicant</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="0B987D69" w14:textId="3D3F7F86" w:rsidR="003F5985" w:rsidRPr="00797A9E" w:rsidRDefault="003F5985" w:rsidP="00797A9E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="225C6F24" w14:textId="77777777" w:rsidR="758415AD" w:rsidRPr="00797A9E" w:rsidRDefault="758415AD" w:rsidP="758415AD">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="707" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41E4A501" w14:textId="77777777" w:rsidR="758415AD" w:rsidRPr="00797A9E" w:rsidRDefault="758415AD" w:rsidP="00797A9E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="206" w:lineRule="exact"/>
               <w:ind w:left="0"/>
@@ -4346,250 +4379,258 @@
         </w:rPr>
         <w:t xml:space="preserve">member </w:t>
       </w:r>
       <w:r w:rsidR="00280054">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="00344097">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>drive</w:t>
       </w:r>
       <w:r w:rsidR="009B221C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32E72079" w14:textId="28964C2C" w:rsidR="00F02E2F" w:rsidRDefault="00F02E2F" w:rsidP="758415AD">
+    <w:p w14:paraId="32E72079" w14:textId="28964C2C" w:rsidR="00F02E2F" w:rsidRPr="003F5985" w:rsidRDefault="00F02E2F" w:rsidP="758415AD">
       <w:pPr>
         <w:spacing w:after="22" w:line="252" w:lineRule="exact"/>
         <w:ind w:left="1003"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="96" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4020"/>
-        <w:gridCol w:w="4735"/>
-        <w:gridCol w:w="793"/>
+        <w:gridCol w:w="4820"/>
+        <w:gridCol w:w="708"/>
         <w:gridCol w:w="1276"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F02E2F" w14:paraId="769425D9" w14:textId="77777777" w:rsidTr="00797A9E">
+      <w:tr w:rsidR="00F02E2F" w14:paraId="769425D9" w14:textId="77777777" w:rsidTr="003F5985">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FBB987F" w14:textId="53479018" w:rsidR="00F02E2F" w:rsidRPr="00797A9E" w:rsidRDefault="00F60EE9" w:rsidP="758415AD">
+          <w:p w14:paraId="5FBB987F" w14:textId="20047AA7" w:rsidR="00F02E2F" w:rsidRPr="00797A9E" w:rsidRDefault="00F60EE9" w:rsidP="758415AD">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="206" w:lineRule="exact"/>
             </w:pPr>
             <w:r w:rsidRPr="00797A9E">
               <w:t>Signature</w:t>
             </w:r>
             <w:r w:rsidRPr="00797A9E">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00797A9E">
+            <w:r w:rsidRPr="003F5985">
               <w:t>of</w:t>
             </w:r>
-            <w:r w:rsidRPr="00797A9E">
+            <w:r w:rsidRPr="003F5985">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="1AE3C3F4" w:rsidRPr="00797A9E">
-              <w:t>School Manager/ Director</w:t>
+            <w:r w:rsidR="003F5985" w:rsidRPr="003F5985">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>Faculty Director of Operations/ Director of Directorate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4735" w:type="dxa"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3AD62ECE" w14:textId="77777777" w:rsidR="00F02E2F" w:rsidRPr="00797A9E" w:rsidRDefault="00F02E2F" w:rsidP="758415AD">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="793" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45CE798A" w14:textId="77777777" w:rsidR="00F02E2F" w:rsidRPr="00797A9E" w:rsidRDefault="00F60EE9" w:rsidP="00797A9E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="206" w:lineRule="exact"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00797A9E">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D1981C5" w14:textId="77777777" w:rsidR="00F02E2F" w:rsidRPr="00797A9E" w:rsidRDefault="00F02E2F" w:rsidP="758415AD">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02E2F" w14:paraId="37D0A76E" w14:textId="77777777" w:rsidTr="00797A9E">
+      <w:tr w:rsidR="00F02E2F" w14:paraId="37D0A76E" w14:textId="77777777" w:rsidTr="003F5985">
         <w:trPr>
           <w:trHeight w:val="309"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C7CFA62" w14:textId="3771C849" w:rsidR="00F02E2F" w:rsidRPr="00797A9E" w:rsidRDefault="00F60EE9" w:rsidP="758415AD">
+          <w:p w14:paraId="2C7CFA62" w14:textId="7B79210E" w:rsidR="00F02E2F" w:rsidRPr="00797A9E" w:rsidRDefault="00F60EE9" w:rsidP="758415AD">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="206" w:lineRule="exact"/>
             </w:pPr>
             <w:r w:rsidRPr="00797A9E">
               <w:t>Print</w:t>
             </w:r>
             <w:r w:rsidRPr="00797A9E">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00797A9E">
               <w:t>Name of</w:t>
             </w:r>
             <w:r w:rsidRPr="00797A9E">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="6A708B33" w:rsidRPr="00797A9E">
-              <w:t xml:space="preserve">School Manager/ Director </w:t>
+            <w:r w:rsidR="003F5985" w:rsidRPr="003F5985">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>Faculty Director of Operations/ Director of Directorate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4735" w:type="dxa"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="519E4184" w14:textId="77777777" w:rsidR="00F02E2F" w:rsidRPr="00797A9E" w:rsidRDefault="00F02E2F" w:rsidP="758415AD">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2069" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3F443C78" w14:textId="77777777" w:rsidR="00F02E2F" w:rsidRPr="00797A9E" w:rsidRDefault="00F02E2F" w:rsidP="758415AD">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5AB3E6A6" w14:textId="77777777" w:rsidR="00F02E2F" w:rsidRPr="00797A9E" w:rsidRDefault="00F02E2F">
       <w:pPr>
         <w:spacing w:before="38"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4875D548" w14:textId="2A1FF6A9" w:rsidR="00F02E2F" w:rsidRDefault="00F60EE9" w:rsidP="002E521F">
+    <w:p w14:paraId="4875D548" w14:textId="7131A412" w:rsidR="00F02E2F" w:rsidRDefault="00F60EE9" w:rsidP="002E521F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="1" w:line="205" w:lineRule="exact"/>
         <w:ind w:left="1394" w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00F60EE9">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Please email</w:t>
       </w:r>
       <w:r w:rsidRPr="00F60EE9">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F60EE9">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
@@ -4611,60 +4652,52 @@
         <w:t>form</w:t>
       </w:r>
       <w:r w:rsidRPr="00F60EE9">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F60EE9">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
       <w:r w:rsidRPr="00F60EE9">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">d all attachments to: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F60EE9">
-[...6 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="00F60EE9">
+        <w:r w:rsidR="003F5985" w:rsidRPr="00E063BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:spacing w:val="-2"/>
           </w:rPr>
           <w:t>insurance@dundee.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4C032209" w14:textId="77777777" w:rsidR="002E521F" w:rsidRDefault="002E521F" w:rsidP="002E521F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="1" w:line="205" w:lineRule="exact"/>
         <w:ind w:left="1394" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="134AC5A3" w14:textId="77777777" w:rsidR="00797A9E" w:rsidRDefault="00797A9E" w:rsidP="002E521F">
       <w:pPr>
         <w:rPr>
           <w:b/>
@@ -4960,58 +4993,69 @@
     <w:p w14:paraId="167907A4" w14:textId="44B0A09B" w:rsidR="00294D40" w:rsidRDefault="00294D40" w:rsidP="00294D40">
       <w:pPr>
         <w:spacing w:before="1" w:line="205" w:lineRule="exact"/>
       </w:pPr>
       <w:r w:rsidRPr="00294D40">
         <w:t xml:space="preserve">Following completion </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and emailing to:  </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00294D40">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:spacing w:val="-2"/>
           </w:rPr>
           <w:t>insurance@dundee.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">  your </w:t>
       </w:r>
-      <w:r w:rsidR="00E93BBA">
+      <w:r w:rsidR="00E93BBA" w:rsidRPr="003F5985">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Annual/ New</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="003F5985">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F5985">
+        <w:t>University</w:t>
       </w:r>
       <w:r w:rsidRPr="00294D40">
-        <w:t xml:space="preserve">University Driver’s Declaration, </w:t>
+        <w:t xml:space="preserve"> Driver’s Declaration, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the named driver is </w:t>
       </w:r>
       <w:r w:rsidRPr="00294D40">
         <w:t>authorised to drive University owned/</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00294D40">
         <w:t>leased/</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00294D40">
         <w:t>hired vehicle for University business under the following conditions:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BC1ED50" w14:textId="77777777" w:rsidR="00294D40" w:rsidRDefault="00294D40" w:rsidP="00294D40">
       <w:pPr>
         <w:spacing w:before="1" w:line="205" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
@@ -5025,64 +5069,70 @@
         <w:spacing w:before="1" w:line="205" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidRPr="00294D40">
         <w:t>ithin the United Kingdom.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18FF5963" w14:textId="77777777" w:rsidR="00294D40" w:rsidRDefault="00294D40" w:rsidP="00294D40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="1" w:line="205" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00294D40">
         <w:t>olely in pursuance of the legitimate business of the University.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EF57DD2" w14:textId="77777777" w:rsidR="00294D40" w:rsidRDefault="00294D40" w:rsidP="00294D40">
+    <w:p w14:paraId="2EF57DD2" w14:textId="5E4D21D4" w:rsidR="00294D40" w:rsidRDefault="00294D40" w:rsidP="00294D40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="1" w:line="205" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidRPr="00294D40">
-        <w:t>nder the immediate authority and direction of the University of Dundee School or Directorate to which you are attached or where and when appropriate; the Sports Union</w:t>
+        <w:t xml:space="preserve">nder the immediate authority and direction of the University of Dundee </w:t>
+      </w:r>
+      <w:r w:rsidR="003F5985">
+        <w:t>Faculty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00294D40">
+        <w:t xml:space="preserve"> or Directorate to which you are attached or where and when appropriate; the Sports Union</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B366DBD" w14:textId="77777777" w:rsidR="00294D40" w:rsidRDefault="00294D40" w:rsidP="00294D40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="1" w:line="205" w:lineRule="exact"/>
       </w:pPr>
       <w:r w:rsidRPr="00294D40">
         <w:t>This authority will be invalid with immediate effect and without notification in the following circumstances:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6666DB7B" w14:textId="77777777" w:rsidR="00294D40" w:rsidRDefault="00294D40" w:rsidP="00294D40">
       <w:pPr>
         <w:spacing w:before="1" w:line="205" w:lineRule="exact"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B880B69" w14:textId="07552315" w:rsidR="00294D40" w:rsidRDefault="00E93BBA" w:rsidP="00294D40">
       <w:pPr>
         <w:spacing w:before="1" w:line="205" w:lineRule="exact"/>
         <w:ind w:left="360"/>
@@ -5829,59 +5879,62 @@
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1669862771">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F02E2F"/>
+    <w:rsid w:val="002337C3"/>
     <w:rsid w:val="002767F4"/>
     <w:rsid w:val="00280054"/>
     <w:rsid w:val="00294D40"/>
     <w:rsid w:val="002E521F"/>
     <w:rsid w:val="002F2F5C"/>
     <w:rsid w:val="00313089"/>
     <w:rsid w:val="00344097"/>
     <w:rsid w:val="003B3E8F"/>
+    <w:rsid w:val="003F5985"/>
     <w:rsid w:val="00436E9E"/>
+    <w:rsid w:val="004A30C3"/>
     <w:rsid w:val="005C7769"/>
     <w:rsid w:val="005F3454"/>
     <w:rsid w:val="00602607"/>
     <w:rsid w:val="006B1351"/>
     <w:rsid w:val="00732333"/>
     <w:rsid w:val="00742A84"/>
     <w:rsid w:val="00797A9E"/>
     <w:rsid w:val="009B221C"/>
     <w:rsid w:val="00A43287"/>
     <w:rsid w:val="00B77F9D"/>
     <w:rsid w:val="00BC736C"/>
     <w:rsid w:val="00D51929"/>
     <w:rsid w:val="00E93BBA"/>
     <w:rsid w:val="00F02E2F"/>
     <w:rsid w:val="00F039FC"/>
     <w:rsid w:val="00F60EE9"/>
     <w:rsid w:val="00FC1127"/>
     <w:rsid w:val="02E724C6"/>
     <w:rsid w:val="0634BE0C"/>
     <w:rsid w:val="08CD8CED"/>
     <w:rsid w:val="0DDDD0EC"/>
     <w:rsid w:val="0EF3C6E1"/>
     <w:rsid w:val="10062CAD"/>
     <w:rsid w:val="117178F5"/>
     <w:rsid w:val="11B8F685"/>
@@ -6335,50 +6388,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
@@ -6826,63 +6880,76 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ac15fed4-3185-4c59-95de-dc51193dbd54">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <ShowFIle xmlns="ac15fed4-3185-4c59-95de-dc51193dbd54">true</ShowFIle>
     <_Flow_SignoffStatus xmlns="ac15fed4-3185-4c59-95de-dc51193dbd54" xsi:nil="true"/>
     <TaxCatchAll xmlns="d0fb9f77-dd4f-4125-a665-cb6aa17507c3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A10CD32E01FEB9479124DE31466C6685" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fdb4a9f29144202ce4737e273e40e51c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ac15fed4-3185-4c59-95de-dc51193dbd54" xmlns:ns3="d0fb9f77-dd4f-4125-a665-cb6aa17507c3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4cc23410e00a3c2a5aa89d3ad9e81837" ns2:_="" ns3:_="">
     <xsd:import namespace="ac15fed4-3185-4c59-95de-dc51193dbd54"/>
     <xsd:import namespace="d0fb9f77-dd4f-4125-a665-cb6aa17507c3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -7105,139 +7172,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0E1C41A-BFD2-438D-B3F7-BB0451DB1B57}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D90F4FD3-C02F-4B27-BF99-08DBD794FADB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{409711B1-4D85-4BAB-A047-B31326DE062A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="ac15fed4-3185-4c59-95de-dc51193dbd54"/>
     <ds:schemaRef ds:uri="d0fb9f77-dd4f-4125-a665-cb6aa17507c3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{494B7937-8263-4CDE-AC92-B8C2E0D5CCA0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ac15fed4-3185-4c59-95de-dc51193dbd54"/>
     <ds:schemaRef ds:uri="d0fb9f77-dd4f-4125-a665-cb6aa17507c3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1286</Words>
-  <Characters>6676</Characters>
+  <Words>1297</Words>
+  <Characters>6760</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>162</Lines>
-  <Paragraphs>88</Paragraphs>
+  <Lines>164</Lines>
+  <Paragraphs>87</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>(a)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Dundee</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7874</CharactersWithSpaces>
+  <CharactersWithSpaces>7970</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>(a)</dc:title>
   <dc:subject/>
   <dc:creator>Zoe Rae</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2016-11-30T00:00:00Z</vt:filetime>
   </property>